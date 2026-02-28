--- v0 (2025-10-08)
+++ v1 (2026-02-28)
@@ -6,63 +6,63 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005932A2" w:rsidRPr="00B568F5" w:rsidRDefault="00E17AB9">
+    <w:p w:rsidR="005932A2" w:rsidRPr="00B568F5" w:rsidRDefault="000632BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:ind w:left="5103" w:right="29"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E17AB9">
+      <w:r w:rsidRPr="000632BE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:group id="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:41.1pt;margin-top:-12.8pt;width:102.15pt;height:94.65pt;z-index:251660288" coordorigin="1069375,1052915" coordsize="9274,8600">
             <v:rect id="_x0000_s1028" style="position:absolute;left:1072115;top:1058736;width:5040;height:2780;mso-wrap-distance-left:2.88pt;mso-wrap-distance-top:2.88pt;mso-wrap-distance-right:2.88pt;mso-wrap-distance-bottom:2.88pt" o:preferrelative="t" filled="f" stroked="f" strokecolor="black [0]" insetpen="t" o:cliptowrap="t">
               <v:stroke>
                 <o:left v:ext="view" color="black [0]"/>
                 <o:top v:ext="view" color="black [0]"/>
                 <o:right v:ext="view" color="black [0]"/>
                 <o:bottom v:ext="view" color="black [0]"/>
                 <o:column v:ext="view" color="black [0]"/>
               </v:stroke>
               <v:imagedata r:id="rId7" o:title="4000r"/>
               <v:shadow color="#ccc"/>
               <v:path o:extrusionok="f"/>
               <o:lock v:ext="edit" aspectratio="t"/>
             </v:rect>
             <v:rect id="_x0000_s1029" style="position:absolute;left:1074614;top:1054376;width:4035;height:4423;rotation:2248824fd;mso-wrap-distance-left:2.88pt;mso-wrap-distance-top:2.88pt;mso-wrap-distance-right:2.88pt;mso-wrap-distance-bottom:2.88pt" o:preferrelative="t" filled="f" stroked="f" strokecolor="black [0]" insetpen="t" o:cliptowrap="t">
               <v:stroke>
                 <o:left v:ext="view" color="black [0]" joinstyle="miter" insetpen="t"/>
                 <o:top v:ext="view" color="black [0]" joinstyle="miter" insetpen="t"/>
                 <o:right v:ext="view" color="black [0]" joinstyle="miter" insetpen="t"/>
                 <o:bottom v:ext="view" color="black [0]" joinstyle="miter" insetpen="t"/>
                 <o:column v:ext="view" color="black [0]"/>
@@ -1264,137 +1264,127 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B6010B" w:rsidRPr="00C14A3E" w:rsidRDefault="00B6010B" w:rsidP="00B6010B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C14A3E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Pour la saison 20</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>23</w:t>
+      <w:r w:rsidR="007E0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>25-</w:t>
       </w:r>
       <w:r w:rsidRPr="00C14A3E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>-20</w:t>
-[...8 lines deleted...]
-        <w:t>24</w:t>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00C14A3E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B6010B" w:rsidRPr="003C6455" w:rsidRDefault="00B6010B" w:rsidP="00B6010B">
+    <w:p w:rsidR="00C151E9" w:rsidRPr="00C151E9" w:rsidRDefault="00B6010B" w:rsidP="00B6010B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Président S.T.ALLOUIS : Yoann Hébré -</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Président S.T.ALLOUIS : </w:t>
+      </w:r>
+      <w:r w:rsidR="00C151E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donarier Florence </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="003C6455">
+        <w:r w:rsidR="00C151E9" w:rsidRPr="00C151E9">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="none"/>
           </w:rPr>
-          <w:t>yoann.hebre@gmail.com</w:t>
+          <w:t>flo.dona35@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C6455">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00B6010B" w:rsidRDefault="00B6010B" w:rsidP="00B6010B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Président C.T.FOECY : François CHALMIN - </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00302099">
           <w:rPr>
@@ -1456,68 +1446,68 @@
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C14A3E" w:rsidRPr="00A8508C" w:rsidSect="00C42891">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11880" w:h="16820"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="737" w:footer="737" w:gutter="0"/>
       <w:cols w:space="567"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="008A265A" w:rsidRPr="00B568F5" w:rsidRDefault="008A265A">
+    <w:p w:rsidR="007506F1" w:rsidRPr="00B568F5" w:rsidRDefault="007506F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B568F5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="008A265A" w:rsidRPr="00B568F5" w:rsidRDefault="008A265A">
+    <w:p w:rsidR="007506F1" w:rsidRPr="00B568F5" w:rsidRDefault="007506F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B568F5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -1599,68 +1589,68 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p w:rsidR="005932A2" w:rsidRPr="00B568F5" w:rsidRDefault="005932A2">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:widowControl w:val="0"/>
       <w:ind w:right="-879"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
         <w:b/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="008A265A" w:rsidRPr="00B568F5" w:rsidRDefault="008A265A">
+    <w:p w:rsidR="007506F1" w:rsidRPr="00B568F5" w:rsidRDefault="007506F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B568F5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="008A265A" w:rsidRPr="00B568F5" w:rsidRDefault="008A265A">
+    <w:p w:rsidR="007506F1" w:rsidRPr="00B568F5" w:rsidRDefault="007506F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B568F5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p w:rsidR="005932A2" w:rsidRPr="00B568F5" w:rsidRDefault="005932A2">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:widowControl w:val="0"/>
       <w:ind w:left="28" w:right="-765"/>
@@ -1814,141 +1804,147 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="0"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14338"/>
+    <o:shapedefaults v:ext="edit" spidmax="20482"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B1DA7"/>
+    <w:rsid w:val="000632BE"/>
     <w:rsid w:val="000978F6"/>
     <w:rsid w:val="000E2F2F"/>
     <w:rsid w:val="001663CF"/>
     <w:rsid w:val="001708CB"/>
     <w:rsid w:val="001A6AF1"/>
     <w:rsid w:val="002159BF"/>
     <w:rsid w:val="002617A4"/>
     <w:rsid w:val="00302099"/>
     <w:rsid w:val="003512BC"/>
     <w:rsid w:val="00377A70"/>
     <w:rsid w:val="003E62B7"/>
     <w:rsid w:val="0041292B"/>
     <w:rsid w:val="0042593E"/>
     <w:rsid w:val="004A491C"/>
     <w:rsid w:val="004B2F48"/>
     <w:rsid w:val="004C275D"/>
     <w:rsid w:val="005932A2"/>
     <w:rsid w:val="00595EC0"/>
     <w:rsid w:val="005D7AC1"/>
     <w:rsid w:val="006008D1"/>
     <w:rsid w:val="006A0E82"/>
     <w:rsid w:val="006B1DA7"/>
     <w:rsid w:val="006C2A45"/>
     <w:rsid w:val="006D3853"/>
     <w:rsid w:val="00736755"/>
+    <w:rsid w:val="007506F1"/>
     <w:rsid w:val="007B69F4"/>
+    <w:rsid w:val="007E0BDB"/>
     <w:rsid w:val="008258A6"/>
     <w:rsid w:val="00861103"/>
     <w:rsid w:val="008A265A"/>
     <w:rsid w:val="008E4073"/>
     <w:rsid w:val="00903591"/>
     <w:rsid w:val="009613EF"/>
     <w:rsid w:val="00974D5F"/>
     <w:rsid w:val="00993DC4"/>
     <w:rsid w:val="00A176B4"/>
     <w:rsid w:val="00A8508C"/>
+    <w:rsid w:val="00B44AFA"/>
     <w:rsid w:val="00B568F5"/>
     <w:rsid w:val="00B6010B"/>
+    <w:rsid w:val="00B72DAA"/>
     <w:rsid w:val="00BD7573"/>
     <w:rsid w:val="00C14A3E"/>
+    <w:rsid w:val="00C151E9"/>
     <w:rsid w:val="00C42891"/>
     <w:rsid w:val="00C8664C"/>
     <w:rsid w:val="00CC20A6"/>
     <w:rsid w:val="00D26C87"/>
     <w:rsid w:val="00D352FD"/>
     <w:rsid w:val="00D74D6D"/>
     <w:rsid w:val="00DD1E34"/>
     <w:rsid w:val="00DF3238"/>
     <w:rsid w:val="00E17AB9"/>
     <w:rsid w:val="00E635CB"/>
     <w:rsid w:val="00F15E15"/>
     <w:rsid w:val="00F72F7C"/>
     <w:rsid w:val="00FF468E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14338"/>
+    <o:shapedefaults v:ext="edit" spidmax="20482"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="New York" w:eastAsia="Times New Roman" w:hAnsi="New York" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -2243,51 +2239,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000978F6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yoann.hebre@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pardon.patrick@free.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:f.chalmin@live.fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:flo.dona35@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pardon.patrick@free.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:f.chalmin@live.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2534,75 +2530,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>257</Words>
+  <Words>256</Words>
   <Characters>1414</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FFTir</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1668</CharactersWithSpaces>
+  <CharactersWithSpaces>1667</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2359346</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>-1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>1026</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr> LOGO FFTIR</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>